--- v0 (2025-12-24)
+++ v1 (2026-01-18)
@@ -35,51 +35,51 @@
         <w:ind w:left="0" w:right="4"/>
       </w:pPr>
       <w:r w:rsidRPr="00424692">
         <w:t>Supplementary</w:t>
       </w:r>
       <w:r w:rsidRPr="00424692">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00424692">
         <w:t>File</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33705A9B" w14:textId="77777777" w:rsidR="00995C63" w:rsidRPr="00424692" w:rsidRDefault="00995C63" w:rsidP="00C338D8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="4"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7850CCAA" w14:textId="1345D6CF" w:rsidR="00995C63" w:rsidRPr="00990B6C" w:rsidRDefault="000A7825" w:rsidP="00990B6C">
+    <w:p w14:paraId="7850CCAA" w14:textId="0B016657" w:rsidR="00995C63" w:rsidRPr="00990B6C" w:rsidRDefault="000A7825" w:rsidP="00990B6C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="230" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00424692">
         <w:t xml:space="preserve">Supplement to: </w:t>
       </w:r>
       <w:r w:rsidR="004562DF">
         <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t>Naufal MA</w:t>
       </w:r>
       <w:r w:rsidR="00990B6C">
         <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004562DF">
@@ -113,67 +113,70 @@
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A04E96">
         <w:t>Indones</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A04E96">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04E96">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A04E96">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="005D43C0" w:rsidRPr="00A04E96">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00A04E96">
-[...3 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="004433B0">
+        <w:t>;34(4):2</w:t>
+      </w:r>
+      <w:r w:rsidR="004433B0">
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="004433B0" w:rsidRPr="00817236">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="004433B0">
+        <w:t>51.</w:t>
       </w:r>
       <w:r w:rsidR="00503573" w:rsidRPr="00A04E96">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A04E96">
         <w:t>DOI:</w:t>
       </w:r>
       <w:r w:rsidR="00AD5796" w:rsidRPr="00AD5796">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>https://doi.org/10.13181/mji.oa.257796</w:t>
+        <w:t xml:space="preserve"> https://doi.org/10.13181/mji.oa.257796</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC88639" w14:textId="77777777" w:rsidR="00995C63" w:rsidRPr="00424692" w:rsidRDefault="00995C63" w:rsidP="00C338D8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="4"/>
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DD22B45" w14:textId="77777777" w:rsidR="00995C63" w:rsidRPr="00424692" w:rsidRDefault="000A7825" w:rsidP="00C338D8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="4"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00424692">
         <w:t>This</w:t>
       </w:r>
       <w:r w:rsidRPr="00424692">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1688,54 +1691,53 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004562DF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="649CB161" w14:textId="7B42C61A" w:rsidR="005D43C0" w:rsidRPr="00200D40" w:rsidRDefault="00990B6C" w:rsidP="00200D40">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:sectPr w:rsidR="005D43C0" w:rsidRPr="00200D40" w:rsidSect="00350D8F">
+        <w:sectPr w:rsidR="005D43C0" w:rsidRPr="00200D40" w:rsidSect="00BA0DD7">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:lnNumType w:countBy="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="341BB6B0" w14:textId="77777777" w:rsidR="00200D40" w:rsidRDefault="00200D40" w:rsidP="00200D40">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004812A1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1768,51 +1770,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4134678" cy="2779219"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="004812A1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B4241EF" wp14:editId="794E8B0E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B4241EF" wp14:editId="4FBFCDEE">
             <wp:extent cx="4238045" cy="1703676"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="15" name="Picture 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 15"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -1867,50 +1869,51 @@
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1D143807" w14:textId="77777777" w:rsidR="00C67F97" w:rsidRDefault="00C67F97" w:rsidP="008A3065">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="04F21BEA" w14:textId="77777777" w:rsidR="00C67F97" w:rsidRDefault="00C67F97" w:rsidP="008A3065">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3400,92 +3403,96 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00995C63"/>
     <w:rsid w:val="00000369"/>
     <w:rsid w:val="00067871"/>
     <w:rsid w:val="00086A88"/>
     <w:rsid w:val="00094771"/>
     <w:rsid w:val="00095EFE"/>
     <w:rsid w:val="000A7825"/>
     <w:rsid w:val="000B0314"/>
     <w:rsid w:val="000E5782"/>
     <w:rsid w:val="00113613"/>
+    <w:rsid w:val="00116D2B"/>
     <w:rsid w:val="00141344"/>
     <w:rsid w:val="001E714D"/>
     <w:rsid w:val="001F1AD1"/>
     <w:rsid w:val="00200D40"/>
     <w:rsid w:val="0026615C"/>
     <w:rsid w:val="00292D74"/>
+    <w:rsid w:val="002A2C19"/>
     <w:rsid w:val="00350D8F"/>
     <w:rsid w:val="0036572D"/>
     <w:rsid w:val="00424692"/>
+    <w:rsid w:val="004433B0"/>
     <w:rsid w:val="004562DF"/>
     <w:rsid w:val="004A03CF"/>
     <w:rsid w:val="00503573"/>
     <w:rsid w:val="00520DA9"/>
     <w:rsid w:val="005626C1"/>
     <w:rsid w:val="005D43C0"/>
     <w:rsid w:val="00610B7B"/>
     <w:rsid w:val="0065609C"/>
     <w:rsid w:val="006D627F"/>
     <w:rsid w:val="006F3B55"/>
     <w:rsid w:val="00702519"/>
     <w:rsid w:val="00703590"/>
     <w:rsid w:val="007A4EC6"/>
     <w:rsid w:val="00814F38"/>
     <w:rsid w:val="00842033"/>
     <w:rsid w:val="0084692B"/>
     <w:rsid w:val="0086087A"/>
     <w:rsid w:val="008909DD"/>
     <w:rsid w:val="00895B42"/>
     <w:rsid w:val="00897980"/>
     <w:rsid w:val="008A28B5"/>
     <w:rsid w:val="008A3065"/>
     <w:rsid w:val="008B679C"/>
     <w:rsid w:val="008E7744"/>
     <w:rsid w:val="00986B31"/>
     <w:rsid w:val="00990B6C"/>
     <w:rsid w:val="00995C63"/>
     <w:rsid w:val="00A04E96"/>
     <w:rsid w:val="00A3650A"/>
     <w:rsid w:val="00AB6219"/>
     <w:rsid w:val="00AD55D2"/>
     <w:rsid w:val="00AD5796"/>
     <w:rsid w:val="00B94242"/>
+    <w:rsid w:val="00BA0DD7"/>
     <w:rsid w:val="00BF0408"/>
     <w:rsid w:val="00BF0986"/>
     <w:rsid w:val="00C03729"/>
     <w:rsid w:val="00C338D8"/>
     <w:rsid w:val="00C67F97"/>
     <w:rsid w:val="00C721B8"/>
     <w:rsid w:val="00CD4A51"/>
     <w:rsid w:val="00E0610D"/>
     <w:rsid w:val="00E11F07"/>
     <w:rsid w:val="00E339D6"/>
     <w:rsid w:val="00E52A78"/>
     <w:rsid w:val="00E77770"/>
     <w:rsid w:val="00F33C73"/>
     <w:rsid w:val="00F4712C"/>
     <w:rsid w:val="00F90D8C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -3929,51 +3936,50 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="90"/>
       <w:ind w:left="100"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
@@ -4534,72 +4540,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>213</Words>
-  <Characters>1640</Characters>
+  <Words>226</Words>
+  <Characters>1664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1818</CharactersWithSpaces>
+  <CharactersWithSpaces>1843</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="LastSaved">
     <vt:filetime>2023-07-04T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>