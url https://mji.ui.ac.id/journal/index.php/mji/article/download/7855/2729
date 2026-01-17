--- v0 (2025-12-24)
+++ v1 (2026-01-17)
@@ -47,51 +47,51 @@
       <w:r w:rsidRPr="00227409">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00227409">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>File</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33705A9B" w14:textId="77777777" w:rsidR="00995C63" w:rsidRPr="00227409" w:rsidRDefault="00995C63" w:rsidP="00C338D8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="4"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7850CCAA" w14:textId="5C67BF4D" w:rsidR="00995C63" w:rsidRPr="00227409" w:rsidRDefault="000A7825" w:rsidP="00990B6C">
+    <w:p w14:paraId="7850CCAA" w14:textId="0A81AC7E" w:rsidR="00995C63" w:rsidRPr="00227409" w:rsidRDefault="000A7825" w:rsidP="00990B6C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="230" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="4"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00227409">
         <w:t xml:space="preserve">Supplement to: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007D199E" w:rsidRPr="00227409">
         <w:t>Suhardi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007D199E" w:rsidRPr="00227409">
         <w:t xml:space="preserve"> KF</w:t>
       </w:r>
       <w:r w:rsidR="00990B6C" w:rsidRPr="00227409">
         <w:rPr>
           <w:lang w:val="id-ID"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -145,58 +145,79 @@
       </w:r>
       <w:r w:rsidRPr="00227409">
         <w:t>. Med J</w:t>
       </w:r>
       <w:r w:rsidRPr="00227409">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00227409">
         <w:t>Indones.</w:t>
       </w:r>
       <w:r w:rsidRPr="00227409">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00227409">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="005D43C0" w:rsidRPr="00227409">
         <w:t>5</w:t>
       </w:r>
+      <w:r w:rsidR="00436BB9">
+        <w:t>;34(4):2</w:t>
+      </w:r>
+      <w:r w:rsidR="00436BB9">
+        <w:t>68</w:t>
+      </w:r>
+      <w:r w:rsidR="00436BB9" w:rsidRPr="00817236">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00436BB9">
+        <w:t>77</w:t>
+      </w:r>
       <w:r w:rsidR="00AB6219" w:rsidRPr="00227409">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00503573" w:rsidRPr="00227409">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00227409">
-        <w:t>DOI:10.13181/mji.oa.</w:t>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00042FA6" w:rsidRPr="00042FA6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00042FA6" w:rsidRPr="00AD5796">
+        <w:t>https://doi.org/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227409">
+        <w:t>10.13181/mji.oa.</w:t>
       </w:r>
       <w:r w:rsidR="008A3065" w:rsidRPr="00227409">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00227409" w:rsidRPr="00227409">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007D199E" w:rsidRPr="00227409">
         <w:t>7855</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EC88639" w14:textId="77777777" w:rsidR="00995C63" w:rsidRPr="00227409" w:rsidRDefault="00995C63" w:rsidP="00C338D8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="4"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DD22B45" w14:textId="77777777" w:rsidR="00995C63" w:rsidRPr="00227409" w:rsidRDefault="000A7825" w:rsidP="00C338D8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="4"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00227409">
         <w:t>This</w:t>
@@ -1402,54 +1423,53 @@
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00227409">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="649CB161" w14:textId="7B42C61A" w:rsidR="005D43C0" w:rsidRPr="00227409" w:rsidRDefault="00990B6C" w:rsidP="00200D40">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="005D43C0" w:rsidRPr="00227409" w:rsidSect="00350D8F">
+        <w:sectPr w:rsidR="005D43C0" w:rsidRPr="00227409" w:rsidSect="00042FA6">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:lnNumType w:countBy="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00227409">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46EBC9D5" w14:textId="7C3BD662" w:rsidR="00D570C6" w:rsidRPr="00227409" w:rsidRDefault="00D570C6" w:rsidP="00D570C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -3380,50 +3400,51 @@
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="697EEB3C" w14:textId="77777777" w:rsidR="00472949" w:rsidRDefault="00472949" w:rsidP="008A3065">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="12B2BCE0" w14:textId="77777777" w:rsidR="00472949" w:rsidRDefault="00472949" w:rsidP="008A3065">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4878,96 +4899,99 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1791123729">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="505247452">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="267390502">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1729305875">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="910385259">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2114279193">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00995C63"/>
     <w:rsid w:val="00000369"/>
+    <w:rsid w:val="00042FA6"/>
     <w:rsid w:val="00067871"/>
     <w:rsid w:val="00086A88"/>
     <w:rsid w:val="00094771"/>
     <w:rsid w:val="00095EFE"/>
     <w:rsid w:val="000A7825"/>
     <w:rsid w:val="000B0314"/>
     <w:rsid w:val="000E5782"/>
     <w:rsid w:val="00113613"/>
+    <w:rsid w:val="00116D2B"/>
     <w:rsid w:val="00141344"/>
     <w:rsid w:val="001E714D"/>
     <w:rsid w:val="001F1AD1"/>
     <w:rsid w:val="00200D40"/>
     <w:rsid w:val="00227409"/>
     <w:rsid w:val="0026615C"/>
     <w:rsid w:val="00292D74"/>
     <w:rsid w:val="00350D8F"/>
     <w:rsid w:val="0036572D"/>
     <w:rsid w:val="003C4F0E"/>
     <w:rsid w:val="00424692"/>
+    <w:rsid w:val="00436BB9"/>
     <w:rsid w:val="004562DF"/>
     <w:rsid w:val="00472949"/>
     <w:rsid w:val="00503573"/>
     <w:rsid w:val="00520DA9"/>
     <w:rsid w:val="005626C1"/>
     <w:rsid w:val="005960B0"/>
     <w:rsid w:val="005D43C0"/>
     <w:rsid w:val="00610B7B"/>
     <w:rsid w:val="0065609C"/>
     <w:rsid w:val="006D627F"/>
     <w:rsid w:val="006F3B55"/>
     <w:rsid w:val="00702519"/>
     <w:rsid w:val="00703590"/>
     <w:rsid w:val="007A499A"/>
     <w:rsid w:val="007A4EC6"/>
     <w:rsid w:val="007D199E"/>
     <w:rsid w:val="00814F38"/>
     <w:rsid w:val="00842033"/>
     <w:rsid w:val="0084692B"/>
     <w:rsid w:val="0086087A"/>
     <w:rsid w:val="008909DD"/>
     <w:rsid w:val="00895B42"/>
     <w:rsid w:val="00897980"/>
     <w:rsid w:val="008A28B5"/>
     <w:rsid w:val="008A3065"/>
@@ -6080,72 +6104,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>388</Words>
-  <Characters>2843</Characters>
+  <Words>391</Words>
+  <Characters>2870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>82</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3149</CharactersWithSpaces>
+  <CharactersWithSpaces>3180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="LastSaved">
     <vt:filetime>2023-07-04T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>